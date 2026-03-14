--- v0 (2025-12-01)
+++ v1 (2026-03-14)
@@ -10,506 +10,799 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="272" uniqueCount="152">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="480" uniqueCount="249">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>José Antônio Santos Andrade</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/167/projeto_de_lei_n_001-2025.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/167/projeto_de_lei_n_001-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contribuição de iluminação pública dá outras providências.</t>
   </si>
   <si>
-    <t>164</t>
+    <t>214</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>NATAL MENDES</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/</t>
-[...2 lines deleted...]
-    <t>Anexo tabela de cargos de vigia.</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/214/projeto_de_resolucao_001-2025.pdf</t>
+  </si>
+  <si>
+    <t>"Autoriza o Poder Legislativo .Municipal a firmar Convênio com a Cooperativa de Crédito de Livre Admissão do Tocantins CNPJ: 26.960.328/0001-43 e dá outras providências".</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/165/projeto_de_resolucao_n_002-2025.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/165/projeto_de_resolucao_002-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para contratação de pessoal por prazo determinado e dá outras providências.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>LUCAS BARROS</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/168/requerimento_001-2025.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/168/requerimento_001-2025.pdf</t>
   </si>
   <si>
     <t>REQUERENDO-LHE: que o mesmo venha realizar pavimentação asfáltica ou tapa buraco na avenida João Pires Querido em frente à delegacia de polícia militar.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>DORIVÂNIA PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/169/requerimento_002-2025.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/169/requerimento_002-2025.pdf</t>
   </si>
   <si>
     <t>REQUERENDO-LHE: que o mesmo venha colocar o nome do senhor Raimundo de Souza Silva no posto de saúde do corretinho neste município.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/170/requerimento_003-2025.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/170/requerimento_003-2025.pdf</t>
   </si>
   <si>
     <t>REQUERENDO-LHE: que o mesmo venha criar a secretária municipal da mulher no nosso município.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>EDUARDA ANDRESSA</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/171/requerimento_005-2025.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/171/requerimento_005-2025.pdf</t>
   </si>
   <si>
     <t>REQUERENDO-LHE: que o mesmo venha construir um local para os moradores do assentamento poço azul depositarem seus lixos.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>LUCIVAN DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/172/requerimento_n_006-2025.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/172/requerimento_n_006-2025.pdf</t>
   </si>
   <si>
     <t>REQUERENDO-LHE: que o mesmo venha construir uma academia ar livre no complexo DIÓGENES LEMOS localizado na vila Antônio Andrade.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>JOSÉ BARBOSA (ZUZA)</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/173/requerimento_n_007-2025.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/173/requerimento_n_007-2025.pdf</t>
   </si>
   <si>
     <t>REQUERENDO-LHE: que seja formalizado o título de cidadã fatimense aos nossos amigos: Ricardo Rodrigues de Oliveira, Ricardo Jesus de Oliveira, Ricardo de Jesus Oliveira Junior, Israel Ulisses Pedroza, Raul Francisco Padoni e Celso Breier.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/174/requerimento_n_008-2025.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/174/requerimento_n_008-2025.pdf</t>
   </si>
   <si>
     <t>REQUERENDO-LHE: que seja formalizado o pedido de informações junto a Prefeitura Municipal de Fátima, Estado do Tocantins, sobre aquisição de uma área suburbana adquirida pela ex-gestão possuindo como gestor a época Washington Vasconcelos, que serviria para instalação de parque agro-industrial.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/175/requerimento_n_009-2025.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/175/requerimento_n_009-2025.pdf</t>
   </si>
   <si>
     <t>REQUERENDO-LHE: que o mesmo venha patrulhar a estrada vicinal no sentido do caeté a duas cabeceiras principalmente o trecho da ponte da ansiada, pois o referido trecho acima mencionado está em péssimo estado de conservação precisa urgentemente desse patrulhamento pois chegou o tempo da colheita da soja nessa época aumenta muito o tráfego de veículo pesado.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/176/requerimento_n_010-2025.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/176/requerimento_n_010-2025.pdf</t>
   </si>
   <si>
     <t>REQUERENDO-LHE: que o mesmo venha patrulhar a estrada vicinal no sentido poço azul principalmente indo pela fazenda do senhor vone pois o referido trecho acima mencionado está em péssimo estado de conservação precisa urgentemente desse patrulhamento pois chegou o tempo da colheita da soja nessa época aumenta muito o tráfego de veículo pesado.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>DIVINO MASCARENHAS</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/177/requerimento_n_011-2025.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/177/requerimento_n_011-2025.pdf</t>
   </si>
   <si>
     <t>REQUERENDO-LHE: que o mesmo venha construir pontos de ônibus para os alunos da Escola Municipal CMEI.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/178/requerimento_n_012-2025.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/178/requerimento_n_012-2025.pdf</t>
   </si>
   <si>
     <t>REQUERENDO-LHE: que o mesmo venha construir um quebra - molas na avenida JK em frente do comércio do senhor Geri.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/179/requerimento_n_013-2025.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/179/requerimento_n_013-2025.pdf</t>
   </si>
   <si>
     <t>REQUERENDO desta casa de leis que seja formalizado o nome do senhor Pastor Andrelino Coelho Silva com o Título de Cidadão Fatimense.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/180/requerimento_n_014-2025.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/180/requerimento_n_014-2025.pdf</t>
   </si>
   <si>
     <t>REQUERENDO do senhor prefeito municipal que venha colocar um quebra - molas na avenida JK 501 em frente da Igreja Assembleia de Deus ministério de Madureira.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/181/requerimento_n_015-2025.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/181/requerimento_n_015-2025.pdf</t>
   </si>
   <si>
     <t>REQUERENDO-LHE: que o mesmo venha patrulhar a rua 20 que passa em frente da dona Deuzélia na vila baiana.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/182/requerimento_n_016-2025.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/182/requerimento_n_016-2025.pdf</t>
   </si>
   <si>
     <t>REQUERENDO-LHE: que o mesmo venha tirar o entulho no lote da dona Beatriz na vila baiana na rua do seu Quinca.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/183/requerimento_n_017-2025.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/183/requerimento_n_017-2025.pdf</t>
   </si>
   <si>
     <t>REQUERENDO-LHE: que o mesmo venha colocar quatro carrada de cascalho na estrada que passa na fazenda do seu Charles antiga fazenda do Mourão na cabeceira do mata burro.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/187/requerimento_n_031.2025_4.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/187/requerimento_n_031.2025_4.pdf</t>
   </si>
   <si>
     <t>Requerimento para que seja colocada uma caixa d'água como também o sistema solar no poço artesiano do caeté.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/186/requerimento_n_031.2025_3.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/186/requerimento_n_031.2025_3.pdf</t>
   </si>
   <si>
     <t>Requerimento para que seja colocado um quebra-molas na rua Uberlândia em frente da residência do senhor Júlio Reis.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/184/requerimento_n_031.2025_1.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/184/requerimento_n_031.2025_1.pdf</t>
   </si>
   <si>
     <t>Requerimento para colocar um quebra-mola na avenida JK em frente ao cartório de ofício de nossa cidade.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/185/requerimento_n_031.2025_2.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/185/requerimento_n_031.2025_2.pdf</t>
   </si>
   <si>
     <t>Requerimento para que seja feito um estacionamento em frente à academia, frente a oficina do negão passando pela frente do cartório de oficio de nossa cidade.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/189/requerimento_n_031.2025_6.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/189/requerimento_n_031.2025_6.pdf</t>
   </si>
   <si>
     <t>Requerimento para que sejam colocadas câmaras de monitoramento nas saídas e entradas de nossa cidade.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/188/requerimento_n_031.2025_5.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/188/requerimento_n_031.2025_5.pdf</t>
   </si>
   <si>
     <t>Requerimento para que seja feito um estacionamento em frente ao posto Cristal até o lava jato.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/190/requerimento_n_031.2025_7.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/190/requerimento_n_031.2025_7.pdf</t>
   </si>
   <si>
     <t>Requerimento para que seja feita a conclusão do bueiro na fazenda do Dr. Hermano que dá acesso a Luzierma.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/191/requerimento_n_031.2025_8.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/191/requerimento_n_031.2025_8.pdf</t>
   </si>
   <si>
     <t>Requerimento para que seja feito a aquisição e instalação de câmara de Monitoramento e segurança em pontos estratégicos da nossa cidade.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/194/requerimento_n_031.2025_11.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/194/requerimento_n_031.2025_11.pdf</t>
   </si>
   <si>
     <t>Requerimento para que seja patrulhada as estradas-vicinais nas regiões do poço azul, caeté, correntinho, e as duas cabeceiras.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/192/requerimento_n_031.2025_9.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/192/requerimento_n_031.2025_9.pdf</t>
   </si>
   <si>
     <t>Requerimento para que seja feito um poço artesiano completo na região das duas cabeceiras.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/193/requerimento_n_031.2025_10.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/193/requerimento_n_031.2025_10.pdf</t>
   </si>
   <si>
     <t>Requerimento para que seja construído pontos de apoio as margens da BR 153 nos seguintes pontos: Em frente o comercio do Juninho do auto peças e do Lua na Park hotel do lado direito e do lado esquerdo no encostamento em frente as antigas barracas e outro a casa do senhor Magno Rogério.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/195/requerimento_n_031.2025_12.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/195/requerimento_n_031.2025_12.pdf</t>
   </si>
   <si>
     <t>Requerimento para que seja colocado um poste de energia na avenida U lote 08 QM2 centro.</t>
   </si>
   <si>
+    <t>215</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/215/requerimento_no_032-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento para que seja colocado parque de lazer na praça do cajueiro no centro.</t>
+  </si>
+  <si>
+    <t>216</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/216/requerimento_no_034-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento para que seja colocado guardas nas entradas das escola municipais durante o período diurno.</t>
+  </si>
+  <si>
+    <t>217</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>JOSE HENRIQUE RIBEIRO</t>
+  </si>
+  <si>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/217/requerimento_no_035-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento para que seja feito um quebra-mola na rua Uberlândia perto da casa do Geovani.</t>
+  </si>
+  <si>
+    <t>218</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/218/requerimento_no_036-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento para que seja feita uma reforma do posto de saúde no coretinho.</t>
+  </si>
+  <si>
+    <t>219</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/219/requerimento_no_037-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento para que seja feito mata-burro na região do senhor lim, passando no pisquila, indo até no Antero, num total de seis mata-burros a serem construídos.</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/220/requerimento_no_038-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento para que seja feita uma reforma da ponte dos rios dos bois na antiga sede do senhor João da Cruz, que agora pertence ao senhor Adriano Gaúcho.</t>
+  </si>
+  <si>
+    <t>221</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/221/requerimento_no_039-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento para que seja feito o fornecimento de água do cemei a câmara municipal.</t>
+  </si>
+  <si>
+    <t>222</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/222/requerimento_no_040-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento para que seja refeito o quebra-mola na rua Uberlândia esquina com a avenida Teotônio Vilela próximo a residência do senhor Agenor.</t>
+  </si>
+  <si>
+    <t>196</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/196/requerimento_no_040-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento para estacionamento na Avenida João Pires Querido, ao lado da Igreja do Evangelho Quadrangular, localizada na Vila Tocantins.</t>
+  </si>
+  <si>
+    <t>197</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/197/requerimento_no_042-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento para colocar lama asfáltica na rua três em frente a academia da saúde.</t>
+  </si>
+  <si>
+    <t>198</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/198/requerimento_no_043-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento para cobertura para a área externa do Posto de saúde Mãe Justina.</t>
+  </si>
+  <si>
+    <t>199</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/199/requerimento_no_044-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento para que seja enviada a essa casa de leis um projeto de lei contratando uma equipe multidisciplinar para atendimento especializado de crianças com transtorno como Autismo e outros.</t>
+  </si>
+  <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/200/requerimento_no_045-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento para construção de banheiros, reforma do necrotério e colocar água encanada em várias partes do cemitério.</t>
+  </si>
+  <si>
+    <t>201</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/201/requerimento_no_046-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento para patrulhar a estrada que dá acesso à fazenda do senhor Laudimiro, e na região da fazenda do Thié, pois os referidos trechos acima mencionados estão em péssimos estado de conservação e precisa urgentemente desse patrulhamento.</t>
+  </si>
+  <si>
+    <t>202</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/202/requerimento_no_047-2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento solicitando implantação de iluminação, na rede de iluminação pública na Avenida João Pires Querido no centro.</t>
+  </si>
+  <si>
+    <t>208</t>
+  </si>
+  <si>
+    <t>AL</t>
+  </si>
+  <si>
+    <t>Autógrafo de Lei</t>
+  </si>
+  <si>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/208/autografo_de_lei_n008-outubro_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>AUTÓGRAFO DE LEI Nº 008, DE 10 DE OUTUBRO DE 2025: Dispõe sobre o Plano Plurianual - PPA 2026/2029 para o Município de Fátima, e estabelece outras providências.</t>
+  </si>
+  <si>
+    <t>209</t>
+  </si>
+  <si>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/209/autografo_de_lei_n009-outubro_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>AUTÓGRAFO DE LEI Nº 009, DE 10 DE OUTUBRO DE 2025: Dispõe sobre as diretrizes para elaboração da Lei Orçamentária para o exercício financeiro de 2026.</t>
+  </si>
+  <si>
+    <t>210</t>
+  </si>
+  <si>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/210/autografo_de_lei_n010-outubro_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>AUTOGRAFO DE LEI N° 010/2025, DE 10 DE OUTUBRO DE 2025: Estima a receita e fixa a despesa, estabelecendo o Programa de Trabalho do município de Fátima para o exercício financeiro de 2026, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>211</t>
+  </si>
+  <si>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/211/autografo_de_lei_n011-outubro_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>AUTÓGRAFO DE LEI Nº 011, DE 10 DE OUTUBRO DE 2025: Altera o Anexo I da Lei nº 569, de 19 de março de 2025 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>212</t>
+  </si>
+  <si>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/212/autografo_de_lei_n_012-outubro_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>AUTÓGRAFO DE LEI Nº 012, DE 10 DE OUTUBRO DE 2025: Revoga dispositivo da Lei nº 228-A/2001, que dispõe sobre o Estatuto dos Servidores Públicos do Município de Fátima/TO.</t>
+  </si>
+  <si>
+    <t>213</t>
+  </si>
+  <si>
+    <t>PRC</t>
+  </si>
+  <si>
+    <t>Parecer</t>
+  </si>
+  <si>
+    <t>CCJR - 2 - COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO, COFC - 1 - COMISSÃO DE ORÇAMENTO, FINANÇAS E CONTABILIDADE</t>
+  </si>
+  <si>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/213/parecer_001-2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer referente ao Projeto de Resolução nº 001/2025 de 15 de janeiro de 2025, do Poder Legislativo Municipal, que "Autoriza o Poder Legislativo Municipal a firmar convênio com a Cooperativa de Crédito de Livre Admissão do Tocantins CNPJ 26.752.055/001-41 e dá outras providências."</t>
+  </si>
+  <si>
     <t>163</t>
   </si>
   <si>
-    <t>PRC</t>
-[...8 lines deleted...]
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/163/parecer_002-2025.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/163/parecer_002-2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer referente ao Projeto de Resolução nº 002/2025 de 03 de fevereiro de 2025, do Poder Legislativo Municipal, que "Dispõe sobre autorização para contratação de pessoal por prazo determinado e dá outras providências."</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/166/parecer_003-2025.pdf</t>
-[...2 lines deleted...]
-    <t>Dispõe sobre a contribuição de iluminação pública e dá outras providências.</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/166/parecer_003-2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer referente ao Projeto de Lei nº 001/2025 de 05 de fevereiro de 2025, do Poder Executivo Municipal, que "Dispõe sobre a contribuição de iluminação pública e dá outras providências."</t>
+  </si>
+  <si>
+    <t>203</t>
+  </si>
+  <si>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/203/parecer_010-2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer referente ao Projeto de lei n° 009/2025 de 09 de setembro de 2025, do Poder Executivo Municipal, que "Dispõe sobre as diretrizes para_x000D_
+elaboração da Lei Orçamentária para o exercício financeiro de 2026."</t>
+  </si>
+  <si>
+    <t>204</t>
+  </si>
+  <si>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/204/parecer_011-2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer referente ao Projeto de Lei n° 008/2025 de 09 de setembro de 2025, do Poder Executivo Municipal, que "Dispõe sobre o Plano Plurianual - PPA 2026 a 2028 para o município de Fátima e estabelece outras providências."</t>
+  </si>
+  <si>
+    <t>205</t>
+  </si>
+  <si>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/205/parecer_012-2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer referente ao Projeto de Lei n° 011/2025 de 29 de setembro de 2025, do Poder Executivo Municipal, que "Altera o Anexo I da Lei nº 569, de 19 de março de 2025 e dá outras providências."</t>
+  </si>
+  <si>
+    <t>206</t>
+  </si>
+  <si>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/206/parecer_013-2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer referente ao Projeto de Lei n° 010/2025 de 09 de setembro de 2025, do Poder Executivo Municipal, que "Estima a receita e fixa a despesa,_x000D_
+estabelecendo o Programa de Trabalho do município de Fátima para o exercício de 2026 e dá outras providências."</t>
+  </si>
+  <si>
+    <t>207</t>
+  </si>
+  <si>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/207/parecer_014-2025.pdf</t>
+  </si>
+  <si>
+    <t>Parecer referente ao Projeto de Lei nº 012/2025 de 02 de outubro de 2025, do Poder Executivo Municipal, que "revoga dispositivo da Lei nº 228-A/2001, que dispõe sobre o Estatuto dos servidores públicos do município de Fátima-TO."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -813,68 +1106,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/167/projeto_de_lei_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/165/projeto_de_resolucao_n_002-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/168/requerimento_001-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/169/requerimento_002-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/170/requerimento_003-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/171/requerimento_005-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/172/requerimento_n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/173/requerimento_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/174/requerimento_n_008-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/175/requerimento_n_009-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/176/requerimento_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/177/requerimento_n_011-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/178/requerimento_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/179/requerimento_n_013-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/180/requerimento_n_014-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/181/requerimento_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/182/requerimento_n_016-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/183/requerimento_n_017-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/187/requerimento_n_031.2025_4.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/186/requerimento_n_031.2025_3.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/184/requerimento_n_031.2025_1.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/185/requerimento_n_031.2025_2.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/189/requerimento_n_031.2025_6.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/188/requerimento_n_031.2025_5.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/190/requerimento_n_031.2025_7.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/191/requerimento_n_031.2025_8.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/194/requerimento_n_031.2025_11.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/192/requerimento_n_031.2025_9.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/193/requerimento_n_031.2025_10.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/195/requerimento_n_031.2025_12.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/163/parecer_002-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/166/parecer_003-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/167/projeto_de_lei_n_001-2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/214/projeto_de_resolucao_001-2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/165/projeto_de_resolucao_002-2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/168/requerimento_001-2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/169/requerimento_002-2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/170/requerimento_003-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/171/requerimento_005-2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/172/requerimento_n_006-2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/173/requerimento_n_007-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/174/requerimento_n_008-2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/175/requerimento_n_009-2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/176/requerimento_n_010-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/177/requerimento_n_011-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/178/requerimento_n_012-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/179/requerimento_n_013-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/180/requerimento_n_014-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/181/requerimento_n_015-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/182/requerimento_n_016-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/183/requerimento_n_017-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/187/requerimento_n_031.2025_4.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/186/requerimento_n_031.2025_3.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/184/requerimento_n_031.2025_1.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/185/requerimento_n_031.2025_2.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/189/requerimento_n_031.2025_6.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/188/requerimento_n_031.2025_5.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/190/requerimento_n_031.2025_7.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/191/requerimento_n_031.2025_8.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/194/requerimento_n_031.2025_11.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/192/requerimento_n_031.2025_9.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/193/requerimento_n_031.2025_10.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/195/requerimento_n_031.2025_12.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/215/requerimento_no_032-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/216/requerimento_no_034-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/217/requerimento_no_035-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/218/requerimento_no_036-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/219/requerimento_no_037-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/220/requerimento_no_038-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/221/requerimento_no_039-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/222/requerimento_no_040-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/196/requerimento_no_040-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/197/requerimento_no_042-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/198/requerimento_no_043-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/199/requerimento_no_044-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/200/requerimento_no_045-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/201/requerimento_no_046-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/202/requerimento_no_047-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/208/autografo_de_lei_n008-outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/209/autografo_de_lei_n009-outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/210/autografo_de_lei_n010-outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/211/autografo_de_lei_n011-outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/212/autografo_de_lei_n_012-outubro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/213/parecer_001-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/163/parecer_002-2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/166/parecer_003-2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/203/parecer_010-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/204/parecer_011-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/205/parecer_012-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/206/parecer_013-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2025/207/parecer_014-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H34"/>
+  <dimension ref="A1:H60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="60.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="113.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="109.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1674,129 +1967,831 @@
       </c>
       <c r="D32" t="s">
         <v>27</v>
       </c>
       <c r="E32" t="s">
         <v>28</v>
       </c>
       <c r="F32" t="s">
         <v>69</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>142</v>
       </c>
       <c r="H32" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>144</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>23</v>
+        <v>145</v>
       </c>
       <c r="D33" t="s">
-        <v>145</v>
+        <v>27</v>
       </c>
       <c r="E33" t="s">
+        <v>28</v>
+      </c>
+      <c r="F33" t="s">
+        <v>42</v>
+      </c>
+      <c r="G33" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="F33" t="s">
+      <c r="H33" t="s">
         <v>147</v>
-      </c>
-[...4 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>148</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
         <v>149</v>
       </c>
-      <c r="B34" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D34" t="s">
-        <v>145</v>
+        <v>27</v>
       </c>
       <c r="E34" t="s">
-        <v>146</v>
+        <v>28</v>
       </c>
       <c r="F34" t="s">
-        <v>147</v>
+        <v>42</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>150</v>
       </c>
       <c r="H34" t="s">
         <v>151</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>152</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>153</v>
+      </c>
+      <c r="D35" t="s">
+        <v>27</v>
+      </c>
+      <c r="E35" t="s">
+        <v>28</v>
+      </c>
+      <c r="F35" t="s">
+        <v>154</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="H35" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>157</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>158</v>
+      </c>
+      <c r="D36" t="s">
+        <v>27</v>
+      </c>
+      <c r="E36" t="s">
+        <v>28</v>
+      </c>
+      <c r="F36" t="s">
+        <v>33</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>159</v>
+      </c>
+      <c r="H36" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>161</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>162</v>
+      </c>
+      <c r="D37" t="s">
+        <v>27</v>
+      </c>
+      <c r="E37" t="s">
+        <v>28</v>
+      </c>
+      <c r="F37" t="s">
+        <v>33</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="H37" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>165</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>166</v>
+      </c>
+      <c r="D38" t="s">
+        <v>27</v>
+      </c>
+      <c r="E38" t="s">
+        <v>28</v>
+      </c>
+      <c r="F38" t="s">
+        <v>33</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="H38" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>169</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>170</v>
+      </c>
+      <c r="D39" t="s">
+        <v>27</v>
+      </c>
+      <c r="E39" t="s">
+        <v>28</v>
+      </c>
+      <c r="F39" t="s">
+        <v>33</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="H39" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>173</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>174</v>
+      </c>
+      <c r="D40" t="s">
+        <v>27</v>
+      </c>
+      <c r="E40" t="s">
+        <v>28</v>
+      </c>
+      <c r="F40" t="s">
+        <v>154</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H40" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>177</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
+        <v>178</v>
+      </c>
+      <c r="D41" t="s">
+        <v>27</v>
+      </c>
+      <c r="E41" t="s">
+        <v>28</v>
+      </c>
+      <c r="F41" t="s">
+        <v>19</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="H41" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>181</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>182</v>
+      </c>
+      <c r="D42" t="s">
+        <v>27</v>
+      </c>
+      <c r="E42" t="s">
+        <v>28</v>
+      </c>
+      <c r="F42" t="s">
+        <v>19</v>
+      </c>
+      <c r="G42" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="H42" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>185</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>186</v>
+      </c>
+      <c r="D43" t="s">
+        <v>27</v>
+      </c>
+      <c r="E43" t="s">
+        <v>28</v>
+      </c>
+      <c r="F43" t="s">
+        <v>19</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="H43" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>189</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>190</v>
+      </c>
+      <c r="D44" t="s">
+        <v>27</v>
+      </c>
+      <c r="E44" t="s">
+        <v>28</v>
+      </c>
+      <c r="F44" t="s">
+        <v>154</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="H44" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>193</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
+        <v>194</v>
+      </c>
+      <c r="D45" t="s">
+        <v>27</v>
+      </c>
+      <c r="E45" t="s">
+        <v>28</v>
+      </c>
+      <c r="F45" t="s">
+        <v>154</v>
+      </c>
+      <c r="G45" s="1" t="s">
+        <v>195</v>
+      </c>
+      <c r="H45" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>197</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
+        <v>198</v>
+      </c>
+      <c r="D46" t="s">
+        <v>27</v>
+      </c>
+      <c r="E46" t="s">
+        <v>28</v>
+      </c>
+      <c r="F46" t="s">
+        <v>29</v>
+      </c>
+      <c r="G46" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="H46" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>201</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
+        <v>202</v>
+      </c>
+      <c r="D47" t="s">
+        <v>27</v>
+      </c>
+      <c r="E47" t="s">
+        <v>28</v>
+      </c>
+      <c r="F47" t="s">
+        <v>29</v>
+      </c>
+      <c r="G47" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="H47" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>205</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
+        <v>56</v>
+      </c>
+      <c r="D48" t="s">
+        <v>206</v>
+      </c>
+      <c r="E48" t="s">
+        <v>207</v>
+      </c>
+      <c r="F48" t="s">
+        <v>19</v>
+      </c>
+      <c r="G48" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="H48" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>210</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
+        <v>60</v>
+      </c>
+      <c r="D49" t="s">
+        <v>206</v>
+      </c>
+      <c r="E49" t="s">
+        <v>207</v>
+      </c>
+      <c r="F49" t="s">
+        <v>19</v>
+      </c>
+      <c r="G49" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="H49" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>213</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
+        <v>64</v>
+      </c>
+      <c r="D50" t="s">
+        <v>206</v>
+      </c>
+      <c r="E50" t="s">
+        <v>207</v>
+      </c>
+      <c r="F50" t="s">
+        <v>19</v>
+      </c>
+      <c r="G50" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="H50" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>216</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>68</v>
+      </c>
+      <c r="D51" t="s">
+        <v>206</v>
+      </c>
+      <c r="E51" t="s">
+        <v>207</v>
+      </c>
+      <c r="F51" t="s">
+        <v>19</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H51" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>219</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
+        <v>73</v>
+      </c>
+      <c r="D52" t="s">
+        <v>206</v>
+      </c>
+      <c r="E52" t="s">
+        <v>207</v>
+      </c>
+      <c r="F52" t="s">
+        <v>19</v>
+      </c>
+      <c r="G52" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="H52" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>222</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>10</v>
+      </c>
+      <c r="D53" t="s">
+        <v>223</v>
+      </c>
+      <c r="E53" t="s">
+        <v>224</v>
+      </c>
+      <c r="F53" t="s">
+        <v>225</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="H53" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>228</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>23</v>
+      </c>
+      <c r="D54" t="s">
+        <v>223</v>
+      </c>
+      <c r="E54" t="s">
+        <v>224</v>
+      </c>
+      <c r="F54" t="s">
+        <v>225</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="H54" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>231</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>37</v>
+      </c>
+      <c r="D55" t="s">
+        <v>223</v>
+      </c>
+      <c r="E55" t="s">
+        <v>224</v>
+      </c>
+      <c r="F55" t="s">
+        <v>225</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="H55" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>234</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>64</v>
+      </c>
+      <c r="D56" t="s">
+        <v>223</v>
+      </c>
+      <c r="E56" t="s">
+        <v>224</v>
+      </c>
+      <c r="F56" t="s">
+        <v>225</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="H56" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>237</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>68</v>
+      </c>
+      <c r="D57" t="s">
+        <v>223</v>
+      </c>
+      <c r="E57" t="s">
+        <v>224</v>
+      </c>
+      <c r="F57" t="s">
+        <v>225</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="H57" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>240</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>73</v>
+      </c>
+      <c r="D58" t="s">
+        <v>223</v>
+      </c>
+      <c r="E58" t="s">
+        <v>224</v>
+      </c>
+      <c r="F58" t="s">
+        <v>225</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="H58" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>243</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>77</v>
+      </c>
+      <c r="D59" t="s">
+        <v>223</v>
+      </c>
+      <c r="E59" t="s">
+        <v>224</v>
+      </c>
+      <c r="F59" t="s">
+        <v>225</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="H59" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>246</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>81</v>
+      </c>
+      <c r="D60" t="s">
+        <v>223</v>
+      </c>
+      <c r="E60" t="s">
+        <v>224</v>
+      </c>
+      <c r="F60" t="s">
+        <v>225</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="H60" t="s">
+        <v>248</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
     <hyperlink ref="G24" r:id="rId23"/>
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
     <hyperlink ref="G27" r:id="rId26"/>
     <hyperlink ref="G28" r:id="rId27"/>
     <hyperlink ref="G29" r:id="rId28"/>
     <hyperlink ref="G30" r:id="rId29"/>
     <hyperlink ref="G31" r:id="rId30"/>
     <hyperlink ref="G32" r:id="rId31"/>
     <hyperlink ref="G33" r:id="rId32"/>
     <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
+    <hyperlink ref="G45" r:id="rId44"/>
+    <hyperlink ref="G46" r:id="rId45"/>
+    <hyperlink ref="G47" r:id="rId46"/>
+    <hyperlink ref="G48" r:id="rId47"/>
+    <hyperlink ref="G49" r:id="rId48"/>
+    <hyperlink ref="G50" r:id="rId49"/>
+    <hyperlink ref="G51" r:id="rId50"/>
+    <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>