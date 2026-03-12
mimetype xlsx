--- v0 (2025-11-30)
+++ v1 (2026-03-12)
@@ -54,335 +54,335 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Prefeitura Municipal - PM</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/</t>
+    <t>http://sapl.fatima.to.leg.br/media/</t>
   </si>
   <si>
     <t>Institui salário, gratificação de plantão e sobreaviso aos conselheiros tutelares do município de Fátima - TO, e dá outras providências.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/141/projeto_de_lei_n002_2024.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/141/projeto_de_lei_n002_2024.pdf</t>
   </si>
   <si>
     <t>Denomina "Diógenes Pereira Lemos", o complexo esportivo, situado na vila Antonio Andrade, neste município de Fátima , estado do Tocantins.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/147/projeto_de_lei_n003_de_27_de_maio_de_2024.___altera_ppaldoloa_para_o_exercicio_financeiro_de_2024_e_autoriza_abertura_de_credito_adicional..pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/147/projeto_de_lei_n003_de_27_de_maio_de_2024.___altera_ppaldoloa_para_o_exercicio_financeiro_de_2024_e_autoriza_abertura_de_credito_adicional..pdf</t>
   </si>
   <si>
     <t>"Altera PPA/LDO/LOA para o exercício financeiro_x000D_
 de 2024 e autoriza abertura de crédito adicional_x000D_
 especial."</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/148/projeto_de_lei_n004_de_5_de_junho_de_2024..pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/148/projeto_de_lei_n004_de_5_de_junho_de_2024..pdf</t>
   </si>
   <si>
     <t>DENOMINA "ABEL DE SOUZA E_x000D_
 SILVA", O CAMPO DE FUTEBOL_x000D_
 SOCIETY, SITUADO NA REGIÃO DO_x000D_
 CORRENTINHO, NESTE MUNICÍPIO DE_x000D_
 FÁTIMA, ESTADO DO TOCANTINS.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Câmara Municipal de Fátima - CMF</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/151/projeto_de_lei_n001_de_05_de_junho_de_2024..pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/151/projeto_de_lei_n001_de_05_de_junho_de_2024..pdf</t>
   </si>
   <si>
     <t>"Fixa o subsídio do, Prefeito, Vice-Prefeito e_x000D_
 Secretários para a Legislatura que iniciará_x000D_
 em 1° de janeiro de 2025, e dá outras_x000D_
 providências."</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>NATAL MENDES</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/149/projeto_de_resolucao_n001_2024_de_05_de_junho_de_2024..pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/149/projeto_de_resolucao_n001_2024_de_05_de_junho_de_2024..pdf</t>
   </si>
   <si>
     <t>Fixa o limite para pagamento do subsídio_x000D_
 mensal dos Vereadores Municipais de FátimaTo,_x000D_
 para o período de 1 ° de janeiro de 2025 a_x000D_
 31 de dezembro de 2028 e adota outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>FRANCISCO VALDEMIR (TOIA)</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/143/requerimento_001-2024_1.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/143/requerimento_001-2024_1.pdf</t>
   </si>
   <si>
     <t>REQUERENDO-LHE: Que o mesmo venha trazer Banca de Carteira de Arrais ou motonáutica Náutica, para os nossos munícipes.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>LUCAS BARROS</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/144/requerimento_002-2024.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/144/requerimento_002-2024.pdf</t>
   </si>
   <si>
     <t>Requerendo-lhe: Que o mesmo venha trazer manutenção nos postes de energia eletrica na avenida principal da vila amizade.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>LUZILETE PINHEIRO (LUZA)</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/145/requerimento_n_03-2024-_08-05-2024_09.02.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/145/requerimento_n_03-2024-_08-05-2024_09.02.pdf</t>
   </si>
   <si>
     <t>REQUERENDO-LHE: Vem respeitosamente solicitar a vossa excelência senhor prefeito municipal retorno linha de ônibus com destinatário da cidade de Fátima a cidade de Porto Nacional.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/146/requerimento_n_04-2024_-08-05-2024_09.06.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/146/requerimento_n_04-2024_-08-05-2024_09.06.pdf</t>
   </si>
   <si>
     <t>REQUERENDO-LHE: Vem respeitosamente solicitar a vossa excelência senhor prefeito municipal que venha colocar lâmpada perto da passagem de pedestre em frente da antiga igreja Assembleia de Deus ministério de Anápolis.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/150/requerimento.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/150/requerimento.pdf</t>
   </si>
   <si>
     <t>REQUERENDO-LHE: que o mesmo o patrolamento da estrada que dá acesso ao senhor_x000D_
 José Rodrigues conhecido como zé da cunha.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/158/req_agosto_3.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/158/req_agosto_3.pdf</t>
   </si>
   <si>
     <t>Requerimento para manutenção do poste de energia na Avenida P.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/157/req_agosto_2.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/157/req_agosto_2.pdf</t>
   </si>
   <si>
     <t>Requerimento para custeio da energia do poço artesiano Caité.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>DIVINO MASCARENHAS</t>
   </si>
   <si>
     <t>Requerimento de uma pista de manobra radical para juventude.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/162/req_setembro_4.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/162/req_setembro_4.pdf</t>
   </si>
   <si>
     <t>Requerimento para solução de problema na Av. W próximo a chácara do Mundico Barros.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/161/req_setembro_3.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/161/req_setembro_3.pdf</t>
   </si>
   <si>
     <t>Requerimento para projeto de câmera de segurança.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/160/req_setembro_2.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/160/req_setembro_2.pdf</t>
   </si>
   <si>
     <t>Requerimento de poço artesiano na região das cabeceiras.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/159/req_setembro_1.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/159/req_setembro_1.pdf</t>
   </si>
   <si>
     <t>Requerimento para construção do banheiro para o barracão de eventos.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>PRC</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>CJR - COMISSÃO DE JUSTIÇA E REDAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/152/parecer_001_2025.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/152/parecer_001_2025.pdf</t>
   </si>
   <si>
     <t>AS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO E ORÇAMENTO FINANÇAS E CONTABILIDADE_x000D_
 emitem o seu parecer sobre o Projeto de Resolução 001/2024 de 05 de junho de 2024._x000D_
 AUTORIA: Poder Legislativo._x000D_
 "ASSUNTO: "Fixa o limite para pagamento do subsídio mensal dos Vereadores Municipais de Fátima- TO, para o_x000D_
 período de 1 º de janeiro de 2025 a 31 de dezembro de 2028 e adota outras providências".</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/153/parecer_001_2024.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/153/parecer_001_2024.pdf</t>
   </si>
   <si>
     <t>AS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO E ORÇAMENTO FINANÇAS E CONTABILIDADE_x000D_
 emitem o seu parecer sobre o Projeto de Lei 001/2024 de 05 de junho de 2024._x000D_
 AUTORIA: Poder Legislativo._x000D_
 "ASSUNTO: "Fixa o subsídio do, Prefeito, Vice-Prefeito e Secretários para a Legislatura que iniciará em 1º de janeiro_x000D_
 de 2025, e dá outras providências".</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/154/parecer_003_2024.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/154/parecer_003_2024.pdf</t>
   </si>
   <si>
     <t>AS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO E ORÇAMENTO FINANÇAS E CONTABILIDADE_x000D_
 emitem o seu parecer sobre o Projeto de Lei 003/2024 de 27 de maio de 2024._x000D_
 AUTORIA: Poder Executivo Municipal._x000D_
 "ASSUNTO: "Altera PPA/LDO/LOA para o exercício financeiro de 2024 e autoriza abertura de credito adicional_x000D_
 especial."</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/155/parecer_004_2024..pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/155/parecer_004_2024..pdf</t>
   </si>
   <si>
     <t>AS COMISSÕES DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO E ORÇAMENTO FINANÇAS E CONTABILIDADE_x000D_
 emitem o seu parecer sobre o Projeto de Lei 004/2024 de 05 de junho de 2024._x000D_
 AUTORIA: Poder Executivo Municipal._x000D_
 "ASSUNTO: DENOMINA "ABEL DE SOUZA E SILVA", O CAMPO DE FUTEBOL SOCIETY, SITUADO NA REGIÃO DO_x000D_
 CORRENTINHO, NESTE MUNICÍPIO DE FÁTIMA, ESTADO DO TOCANTINS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
@@ -693,68 +693,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/141/projeto_de_lei_n002_2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/147/projeto_de_lei_n003_de_27_de_maio_de_2024.___altera_ppaldoloa_para_o_exercicio_financeiro_de_2024_e_autoriza_abertura_de_credito_adicional..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/148/projeto_de_lei_n004_de_5_de_junho_de_2024..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/151/projeto_de_lei_n001_de_05_de_junho_de_2024..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/149/projeto_de_resolucao_n001_2024_de_05_de_junho_de_2024..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/143/requerimento_001-2024_1.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/144/requerimento_002-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/145/requerimento_n_03-2024-_08-05-2024_09.02.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/146/requerimento_n_04-2024_-08-05-2024_09.06.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/150/requerimento.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/158/req_agosto_3.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/157/req_agosto_2.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/162/req_setembro_4.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/161/req_setembro_3.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/160/req_setembro_2.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/159/req_setembro_1.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/152/parecer_001_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/153/parecer_001_2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/154/parecer_003_2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/155/parecer_004_2024..pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/141/projeto_de_lei_n002_2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/147/projeto_de_lei_n003_de_27_de_maio_de_2024.___altera_ppaldoloa_para_o_exercicio_financeiro_de_2024_e_autoriza_abertura_de_credito_adicional..pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/148/projeto_de_lei_n004_de_5_de_junho_de_2024..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/151/projeto_de_lei_n001_de_05_de_junho_de_2024..pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/149/projeto_de_resolucao_n001_2024_de_05_de_junho_de_2024..pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/143/requerimento_001-2024_1.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/144/requerimento_002-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/145/requerimento_n_03-2024-_08-05-2024_09.02.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/146/requerimento_n_04-2024_-08-05-2024_09.06.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/150/requerimento.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/158/req_agosto_3.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/157/req_agosto_2.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/162/req_setembro_4.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/161/req_setembro_3.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/160/req_setembro_2.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/159/req_setembro_1.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/152/parecer_001_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/153/parecer_001_2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/154/parecer_003_2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2024/155/parecer_004_2024..pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="35.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="206.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="205.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="200.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>