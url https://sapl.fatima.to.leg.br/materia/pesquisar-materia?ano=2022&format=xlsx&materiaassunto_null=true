--- v0 (2026-01-26)
+++ v1 (2026-03-12)
@@ -51,156 +51,156 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/89/lei_no_008_2022_dispoe_sobre_previdencia_social.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/89/lei_no_008_2022_dispoe_sobre_previdencia_social.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a extinção do Regime Próprio de Previdência Social do município de Fátima-TO.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/83/lei_no_001_2022_autoriza_a_promover_leiloes_para_alienar_veiculos_e_s.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/83/lei_no_001_2022_autoriza_a_promover_leiloes_para_alienar_veiculos_e_s.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a promover leilão para alienar veículos e sucatas inservíveis de propriedade da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/84/lei_no_002_2022_autoriza_o_poder_a_titulo_oneroso_concessao_administ.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/84/lei_no_002_2022_autoriza_o_poder_a_titulo_oneroso_concessao_administ.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar a título oneroso, concessão administrativa de uso de bem público para fins de exploração econômica com pessoas físicas e jurídicas a serem definidas por licitação pública.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/85/lei_no_004_2022_dispoe_sobre_a_contratacao_por_tempo_determinado_para.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/85/lei_no_004_2022_dispoe_sobre_a_contratacao_por_tempo_determinado_para.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação por tempo determinado para atender a necessidade temporária de excepcional interesse público, nos termos do inciso IX do art. 37 da Constituição Federal</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/86/lei_no_005_2022_cricao_de_cargos_comissionadose_suas_remuneracoes_e_f.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/86/lei_no_005_2022_cricao_de_cargos_comissionadose_suas_remuneracoes_e_f.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a organização e reestruturação administrativa do Poder Executivo do Município de Fátima-TO.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/87/lei_n_006_2022_denomina_albertino_de_souza_e_silvacras.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/87/lei_n_006_2022_denomina_albertino_de_souza_e_silvacras.pdf</t>
   </si>
   <si>
     <t>Denomina Albertino de Souza e Silva, o Centro de Referência de Assistência Social - CRAS.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/88/lei_no_007_2022_dispoe_sobre_diarias_para_conselheiro__tutelar_e_da.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/88/lei_no_007_2022_dispoe_sobre_diarias_para_conselheiro__tutelar_e_da.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de diárias para conselheiro tutelar.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/90/lei_no_009_2022_dispoe_sobre_a_extincao_do_regime_proprio_de_previden.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/90/lei_no_009_2022_dispoe_sobre_a_extincao_do_regime_proprio_de_previden.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a extinção do Regime Próprio de Previdência Social.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/82/projet1.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/82/projet1.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Regulamentação do Departamento de Controle Interno, criação de cargos, abertura e vagas, fixação de remuneração dos servidores efetivos e comissionados, contratados e autorização para contratação de pessoal por prazo determinado.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -507,68 +507,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/89/lei_no_008_2022_dispoe_sobre_previdencia_social.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/83/lei_no_001_2022_autoriza_a_promover_leiloes_para_alienar_veiculos_e_s.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/84/lei_no_002_2022_autoriza_o_poder_a_titulo_oneroso_concessao_administ.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/85/lei_no_004_2022_dispoe_sobre_a_contratacao_por_tempo_determinado_para.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/86/lei_no_005_2022_cricao_de_cargos_comissionadose_suas_remuneracoes_e_f.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/87/lei_n_006_2022_denomina_albertino_de_souza_e_silvacras.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/88/lei_no_007_2022_dispoe_sobre_diarias_para_conselheiro__tutelar_e_da.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/90/lei_no_009_2022_dispoe_sobre_a_extincao_do_regime_proprio_de_previden.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/82/projet1.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/89/lei_no_008_2022_dispoe_sobre_previdencia_social.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/83/lei_no_001_2022_autoriza_a_promover_leiloes_para_alienar_veiculos_e_s.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/84/lei_no_002_2022_autoriza_o_poder_a_titulo_oneroso_concessao_administ.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/85/lei_no_004_2022_dispoe_sobre_a_contratacao_por_tempo_determinado_para.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/86/lei_no_005_2022_cricao_de_cargos_comissionadose_suas_remuneracoes_e_f.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/87/lei_n_006_2022_denomina_albertino_de_souza_e_silvacras.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/88/lei_no_007_2022_dispoe_sobre_diarias_para_conselheiro__tutelar_e_da.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/90/lei_no_009_2022_dispoe_sobre_a_extincao_do_regime_proprio_de_previden.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/sapl/public/materialegislativa/2022/82/projet1.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="141" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="140.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="223.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>