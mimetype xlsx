--- v0 (2025-11-30)
+++ v1 (2026-03-12)
@@ -54,291 +54,291 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>RAIMUNDO MASCARENHAS NETO</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/62/62_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/62/62_texto_integral.pdf</t>
   </si>
   <si>
     <t>INSTITUIR O PROGRAMA DE RECUPERAÇÃO FISCAL-REFIS /2016,NO MUNICÍPIO DE FÁTIMA/TO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/63/63_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/63/63_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO DE CARGOS E REMUNERAÇÃO DO QUADRO GERAL DE PROVIMENTO EFETIVO DO PODER EXECUTIVO DO MUNICÍPIO DE FÁTIMA D DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/64/64_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/64/64_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PAGAMENTO DE PREMIAÇÕES EM DINHEIRO AOS VENCEDORES DA CORRIDA DE CAVALOS E VENCEDORAS DO CONCURSO DE RAINHA E PRINCESA DA CAVALGADA E TORNEIO DE FUTEBOL DE CAMPO,REALIZADOS ANUALMENTE DURANTE AS COMEMORAÇÕES DO ANIVERSÁRIO DA CIDADE.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/65/65_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/65/65_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DOAÇÃO DE IMÓVEL DO MUNICÍPIO Á APAE-ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAS,DE FÁTIMA /TO,PARA OS FINS QUE ESTABELECE.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/66/66_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/66/66_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE AUXILIO FINANCEIRO NO ÂMBITO DO FUNDO MUNICIPAL DE SAÚDE PARA TRATAMENTO DE SAÚDE DE PESSOA FÍSICA MORADORA DO MUNICÍPIO DE FÁTIMA-TO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/67/67_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/67/67_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AUTORIZAÇÃO AO PODER EXECUTIVO MUNICIPAL PARA PROCEDER A CESSÃO DE USO DE IMÓVEL POR INTERMÉDIO DE ASSINATURA DE TERMO DE COOPERAÇÃO COM O BANCO DO BRASIL S/A,DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/68/68_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/68/68_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CONTRATAÇÃO PARA ATENDER AO PROJETO DE IMPLANTAÇÃO DO NÚCLEO DE APOIO Á SAÚDE DA FAMÍLIA DE FÁTIMA -NASF E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/69/69_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/69/69_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CONTRATAÇÃO DE PESSOAL PARA ATENDIMENTO ÁS AÇÕES DA SAÚDE,ASSISTÊNCIA,EDUCAÇÃO E DEMAIS SETORES DA ADMINISTRAÇÃO QUE NECESSITAM DE PESSOAL PARA EXECUÇÃO DOS SERVIÇOS ESSENCIAIS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/70/70_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/70/70_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CONTRATAÇÃO DE PESSOAL PARA ATENDIMENTO ÁS AÇÕES ESSENCIAIS DO FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL NOS PROGRAMAS DESENVOLVIDOS E DEMAIS SETORES DA ASSISTÊNCIA SOCIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/71/71_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/71/71_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2017,E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/72/72_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/72/72_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL DE NATUREZA SUPLEMENTAR NO ORÇAMENTO DE 2016.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>JOSÉ BARBOSA (ZUZA)</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/73/73_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/73/73_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIO DO PREFEITO,DO VICE-PREFEITO E DOS SECRETÁRIO MUNICIPAIS,PARA O PERÍODO DE 2017 A 2020 E, DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/74/74_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/74/74_texto_integral.pdf</t>
   </si>
   <si>
     <t>FIXA OS SUBSÍDIO DOS VEREADORES,PARA O PERÍODO DE 2017 A 2020 E,DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>VER. SANSÃO</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/75/75_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/75/75_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE VENHA CONSTRUIR QUATRO QUEBRA-MOLA NA AVENIDA JOÃO PIRES QUERIDO NAS MEDIAÇÕES DO CEMITÉRIO AO AEROPORTO MUNICIPAL.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>VER. KARLEANDRO MORAIS</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/76/76_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/76/76_texto_integral.pdf</t>
   </si>
   <si>
     <t>QUE VENHA REALIZAR O CONCURSO PÚBLICO MUNICIPAL.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/77/77_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/77/77_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO ORÇAMENTO ANUAL DO MUNICÍPIO DE FÁTIMA-TO,PARA O EXERCÍCIO FINANCEIRO DE 2.017.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/78/78_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/78/78_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO ORÇAMENTO ANUAL DO MUNICÍPIO DE FÁTIMA-TO,PARA O EXERCÍCIO DE 2.017.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>VER. JOÃOZINHO</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/79/79_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/79/79_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE VENHA COLOCAR O NOME DO CENTRO CULTURAL DO CORRENTINHO DE ABEL DE SOUZA E SILVA</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/80/80_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/80/80_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE VENHA COLOCAR O NOME DO POSTO DE SAÚDE DO CORRENTINHO DE INÊS DE SOUZA LEITE E SILVA.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/81/81_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/81/81_texto_integral.pdf</t>
   </si>
   <si>
     <t>PARA QUE VENHA COLOCAR O NOME DO POSTO DE SAÚDE DAS DUAS CABECEIRAS DE JOANA DA COSTA.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -645,68 +645,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/81/81_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/62/62_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/63/63_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/64/64_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/65/65_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/66/66_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/67/67_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/68/68_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/69/69_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/70/70_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/71/71_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/72/72_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/73/73_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/74/74_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/75/75_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/76/76_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/77/77_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/78/78_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/79/79_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/80/80_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2016/81/81_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="30.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="88.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="88" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>