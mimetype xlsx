--- v0 (2025-12-01)
+++ v1 (2026-03-12)
@@ -54,480 +54,480 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>RAIMUNDO MASCARENHAS NETO</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/5/5_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/5/5_texto_integral.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A CONCESSÃO DOS BENEFÍCIOS EVENTUAIS DA POLÍTICA DA ASSISTÊNCIA SOCIAL NO ÂMBITO DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS. (APROVADO EM 12/06/2015).</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/6/6_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/6/6_texto_integral.pdf</t>
   </si>
   <si>
     <t>CRIA OS CARGOS DE ADVOGADO E DE CONTADOR NO MUNICÍPIO DE FÁTIMA, ALTERANDO A LEI MUNICIPAL DE N° 335/2009 E DÁ OUTRAS PROVIDÊNCIA. (REJEITADO EM 08/10/2015).</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/10/10_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/10/10_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A DOAR CEM LOTES URBANOS, LOCALIZADOS ÀS QUADRAS, NO SETOR AEROPORTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>VER. SECRETO</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/3/3_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/3/3_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REQUER AO PREFEITO MUNICIPAL QUE VENHA SOLICITAR DO COMANDO DA POLICIA MILITAR DO NOSSO MUNICÍPIO,PARA QUE O MESMO VENHA FAZER UM RONDA EM FRENTE AO PRÉDIO DO CORREIO. </t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>LUCIVAN DA SILVA</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/4/4_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/4/4_texto_integral.pdf</t>
   </si>
   <si>
     <t>REQUER O PREFEITO MUNICIPAL QUE O MESMO ENVIE A ESTA CASA DE LEIS OS NOMES DAS EMPRESAS QUE CONCORRERAM À LICITAÇÃO DA CONTABILIDADE DA PREFEITURA,COMO TAMBÉM FORNECER OS VALORES E O NOME DAS EMPRESAS QUE GANHARAM A LICITAÇÃO.</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/</t>
+    <t>http://sapl.fatima.to.leg.br/media/</t>
   </si>
   <si>
     <t>ALTERA AS LEIS MUNICIPAIS 253-A E 273/2002,NA PARTE QUE DISPÕE SOBRE O PROCESSO DE ESCOLHA DO CONSELHO TUTELAR E DÁ OUTAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/8/8_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/8/8_texto_integral.pdf</t>
   </si>
   <si>
     <t>PRORROGA O PROGRAMA DE RECUPERAÇÃO FISCAL-REFIS/2.015,NO MUNICÍPIO DE FÁTIMA/TO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/12/12_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/12/12_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA AS LEIS MUNICIPAIS 253-A E 273/2002,NA PARTE QUE DISPÕE SOBRE O PROCESSO DE ESCOLHA DO CONSELHO TUTELAR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/13/13_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/13/13_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O PROGRAMA  DE RECUPERAÇÃO FISCAL REFIS/2.015,NO MUNICÍPIO DE FÁTIMA/TO E DÁ OUTAS PROVIDÊNCIAS. _x000D_
 </t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA DE 2016,E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DESAFETA DO DOMÍNIO PÚBLICO OS BENS MÓVEIS QUE ESPECIFICA,DE PROPRIEDADE DO MUNICÍPIO, AUTORIZANDO-O A DOÁ-LOS ÀS ENTIDADES FILANTRÓPICAS E DÁ OUTRAS PROVIDÊNCIAS._x000D_
 </t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/14/14_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/14/14_texto_integral.pdf</t>
   </si>
   <si>
     <t>RATIFICA O PROTOCOLO DE INTENÇÕES CELEBRANDO PELOS MUNICÍPIOS DE FÁTIMA,PUGMIL,NOVA ROSALÂNDIA,OLIVEIRA DE FÁTIMA,SANTA RITA DO TOCANTINS,CRIXÁS E ALIANÇA DO TOCANTINS VISANDO À CONSTITUIÇÃO DO CONSORCIO INTERMUNICIPAL DE DESENVOLVIMENTO DO MUNICÍPIOS DO CENTRO OESTE DO TOCANTINS-CMCO E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/15/15_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/15/15_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O ACESSO À INFORMAÇÃO PREVISTO NO INCISO XXXIII,DO CAPUT,DO RT.5°,NO INCISO II,DO§3°,DO ART.37 E NO §2°,DO ART.216,DA CONSTITUIÇÃO FEDERAL.</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/16/16_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/16/16_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA ESTRUTURA DO QUADRO DE PESSOAL DA SECRETARIA MUNICIPAL DE MEIO AMBIENTE, CRIA OS CARGOS DE FISCAL DE POSTURAS E COORDENADOR DE VIGILÂNCIA SANITÁRIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/17/17_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/17/17_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE APROVAÇÃO DO PLANO MUNICIPAL DE EDUCAÇÃO DE FÁTIMA-TO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/18/18_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/18/18_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR PRESIDENTE DEPOIS DE OUVIR O PLENÁRIO, SOLICITA O CHEFE DO PODER EXECUTIVO MUNICIPAL SR. RAIMUNDO MASCARENHAS NETO, PARA O MESMO VENHA CUMPRIR OS ARTIGOS 66 AO DE NUMERO 68,PARA QUE TENHA ELEIÇÃO DIRETA E DEMOCRÁTICA PARA O CARGO DE DIRETOR DO ESTABELECIMENTO DE ENSINO .</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>VER. KARLEANDRO MORAIS</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/19/19_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/19/19_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR PRESIDENTE SOLICITA AO SR. RAIMUNDO MASCARENHAS NETO PARA JUNTAMENTE COM A SECRETARIA DA JUVENTUDE E REDE DE ENSINO MUNICIPAL, QUE VENHA FAZER UM MOVIMENTO ANTIDROGAS COM A NOSSA JUVENTUDE.</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>VER. RAIMUNDO AMORIM</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/20/20_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/20/20_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR PRESIDENTE SOLICITA A VOSSA SENHORIA QUE SEJA ENVIADO UM EXPEDIENTE AO VEREADOR LUCIVAN DA SILVA PARA PRESTAÇÃO DE CONTAS DE ENTRADAS E SAÍDAS REFERENTE AO ANO EM QUE FOI PRESIDENTE DESTA CASA DE LEIS DE JANEIRO A DEZEMBRO DE 2013.</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR PRESIDENTE SOLICITA AO CHEFE DO PODER EXECUTIVO MUNICIPAL SR. RAIMUNDO MASCARENHAS NETO, PARA ENVIAR UM TRATOR COM GRADE PARA LIMPEZA DO CEMITÉRIO MONTE ALEGRE.</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/22/22_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/22/22_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR PRESIDENTE SOLICITA AO SR. RAIMUNDO MASCARENHAS NETO PARA QUE VENHA INTERFERIR JUNTO AO MINISTÉRIO SOBRE A ABERTURA DA AGENCIA DO BANCO DO BRASIL EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/23/23_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/23/23_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR PRESIDENTE SOLICITA AO SR.RAIMUNDO MASCARENHAS NETO PARA QUE VENHA ABASTECER DE MEDICAMENTOS BÁSICOS A FARMÁCIA DO POSTO DE SAÚDE MÃE JUSTINA.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/24/24_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/24/24_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR PRESIDENTE SOLICITA AO SR.RAIMUNDO MASCARENHAS NETO PARA QUE VENHA CONSTRUIR EM NOSSO MUNICÍPIO A CASA DO VELÓRIO.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/25/25_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/25/25_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR PRESIDENTE SOLICITA O SR.RAIMUNDO MASCARENHAS NETO PARA QUE VENHA REABRIR A ESCOLINHA DE INICIAÇÃO ESPORTIVA EM NOSSO MUNICÍPIO.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/26/26_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/26/26_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR PRESIDENTE SOLICITA AO SR.RAIMUNDO MASCARENHAS NETO PARA QUE VENHA COBRAR A DNIT A SINALIZAÇÃO DA BR 153.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/27/27_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/27/27_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR PRESIDENTE SOLICITA AO SR.RAIMUNDO MASCARENHAS NETO PARA QUE VENHA FAZER A REFORMA E AMPLIAÇÃO NA PRAÇA DA LIBERDADE.</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/28/28_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/28/28_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR PRESIDENTE SOLICITA AO SR.RAIMUNDO MASCARENHAS NETO DO MESMO,COPIA DO CONTRATO LICITATÓRIO DA EMPRESA QUE ESTA FAZENDO A REFORMA DO COLÉGIO MUNICIPAL TANCREDO DE ALMEIDA NEVES.</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>O PRESIDENTE SOLICITA AO SR.RAIMUNDO MASCARENHAS NETO SOLICITADO DO MESMO QUE VENHA DOAR TELHAS E MADEIRAS PARA O SENHOR AREONALDO,POIS NÃO TEM CONDIÇÕES FINANCEIRAS PARA REFORMA NO TELHADO DE SUA CASA.</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/31/31_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/31/31_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR PRESIDENTE SOLICITA AO SR.RAIMUNDO MASCARENHAS NETO SOLICITADO DO MESMO QUE VENHA COLOCAR UM PORTÃO NA ENTRADA DO POSTO DE SAÚDE MÃE JUSTINA.</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>VER. JOÃOZINHO</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/32/32_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/32/32_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR PRESIDENTE PEDE AUTORIZAÇÃO PARA DOAÇÃO DE DOZE CADEIRAS  E UMA MESA, QUE SE ENCONTRA NO DEPOSITO DESTA CASA DE LEIS PARA SEREM DOADAS PARA O POSTO DE SAÚDE DO CORRENTINHO.</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/33/33_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/33/33_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR PRESIDENTE SOLICITA O SR.RAIMUNDO MASCARENHAS NETO PARA QUE VENHA FAZER A REFORMA E AMPLIAÇÃO NA PRAÇA DA LIBERDADE.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>VER. SANSÃO</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/34/34_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/34/34_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR PRESIDENTE SOLICITA DO MESMO SR.RAIMUNDO MASCARENHAS NETO DOAÇÃO DE TELHAS E MADEIRAS ,PARA O SENHOR AREONALDO POIS NÃO TEM CONDIÇÃO FINANCEIRA PARA A REFORMA DO TELHADO DE SUA CASA. </t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/35/35_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/35/35_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL DE NATUREZA SUPLEMENTAR NO ORÇAMENTO DE 2015. </t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/36/36_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/36/36_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O PROGRAMA DE RECUPERAÇÃO FISCAL- REFIS/2015, NO MUNICÍPIO DE FÁTIMA/TO E DÁ OUTRAS PROVIDENCIAS. </t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/37/37_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/37/37_texto_integral.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO ORÇAMENTO ANUAL DO MUNICÍPIO DE FÁTIMA -TO, PARA O EXERCÍCIO FINANCEIRO DE 2016.</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/38/38_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/38/38_texto_integral.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DA LIMPEZA DE LOTES VAGOS PELOS SEUS PROPRIETÁRIOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/39/39_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/39/39_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">REVOGA O ART.12 DA LEI MUNICIPAL N°335/2009,QUE CONCEDE AUMENTO AUTOMÁTICO AOS SALÁRIOS ESTABELECIDOS EM SEUS ANEXOS,DE ACORDO COM O ÍNDICE CONCEDIDO PARA O SALÁRIO MÍNIMO E DA OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/40/40_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/40/40_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR PRESIDENTE SOLICITA AO PODER EXECUTIVO MUNICIPAL SR.RAIMUNDO MASCARENHAS SOLICITADO DO MESMO UMA AJUDA DE 1,200(MIL E DUZENTAS )TELHAS PARA A SENHORA DAZINHA.  </t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/41/41_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/41/41_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">O VEREADOR PRESIDENTE SOLICITA AO SR. RAIMUNDO MASCARENHAS SOLICITADO DO MESMO A DOAÇÃO DOS LOTES ONDE JÁ RESIDÊNCIAS DOS SENHORES JOSÉ RAIMUNDO,A DENTISTA ROSE E A VIÚVA DO SENHOR WILSON._x000D_
 </t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/42/42_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/42/42_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR PRESIDENTE SOLICITA AO SR.RAIMUNDO MASCARENHAS QUE VENHA COMPRAR UMA TENDA 10X10       PARA SERVIR A NOSSA COMUNIDADE.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/43/43_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/43/43_texto_integral.pdf</t>
   </si>
   <si>
     <t>O VEREADOR PRESIDENTE SOLICITA AO CHEFE DO PODER EXECUTIVO SR RAIMUNDO MASCARENHAS PARA QUE VENHA CONSTRUIR QUATRO PONTO DE ÔNIBUS COM COBERTURAS.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/44/44_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/44/44_texto_integral.pdf</t>
   </si>
   <si>
     <t>AUTORIZA CONTRATAR EM CARÁTER TEMPORÁRIO E DÁ PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/45/45_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/45/45_texto_integral.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N°401,DE 17 DE AGOSTO DE 2015,NA PARTE QUE MODIFICA E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/46/46_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/46/46_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">DISPÕE SOBRE A CRIAÇÃO DA OUVIDORA DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS. </t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/47/47_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/47/47_texto_integral.pdf</t>
   </si>
   <si>
     <t>PROJETO DE RESOLUÇÃO QUE DOA VEÍCULO VW/GOL 1.0 PLACA MXG 0481 CHSSIS  N° 9BWAA05U5AT223346 A APAE DE FÁTIMA-TO</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/48/48_texto_integral.pdf</t>
+    <t>http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/48/48_texto_integral.pdf</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUI O  ESTADO DO MICROEMPREENDEDOR INDIVIDUAL,DA MICROEMPRESA E DA EMPRESA DE PEQUENO PORTE NO MUNICÍPIO DE FÁTIMA, EM CONFORMIDADE COM OS ARTIGOS 146,III D,170,IX E 179 DA CONSTITUIÇÃO FEDERAL E COM A LEI COMPLEMENTAR FEDERAL N°123, DE 14 DE DEZEMBRO DE 2006 E DÁ OUTRAS PROVIDÊNCIAS.  </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -834,68 +834,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/3/3_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/4/4_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/48/48_texto_integral.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/5/5_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/6/6_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/10/10_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/3/3_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/4/4_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/8/8_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/12/12_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/13/13_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/9/9_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/7/7_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/14/14_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/15/15_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/16/16_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/17/17_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/18/18_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/19/19_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/20/20_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/21/21_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/22/22_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/23/23_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/24/24_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/25/25_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/26/26_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/27/27_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/28/28_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/31/31_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/32/32_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/33/33_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/34/34_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/35/35_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/36/36_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/37/37_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/38/38_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/39/39_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/40/40_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/41/41_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/42/42_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/43/43_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/44/44_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/45/45_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/46/46_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/47/47_texto_integral.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fatima.to.leg.br/media/./sapl/public/materialegislativa/2015/48/48_texto_integral.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H47"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="30.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="88.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="88" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>